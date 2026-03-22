--- v0 (2025-12-14)
+++ v1 (2026-03-22)
@@ -54,237 +54,237 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Azevedo Leal</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/832/decreto_n2.176_13_de_outubro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/832/decreto_n2.176_13_de_outubro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Proíbe a Comercialização de pulseiras de silicone, e dá outras providências.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/830/decreto_n2.158_23_de_marco_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/830/decreto_n2.158_23_de_marco_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Assistência Social de Itabuna - CMAS, Revoga as Leis Municipais  n° 1.715, de 28 de Dezembro de 1995 e 1.961 de 16 de Dezembro de 2004  na forma e na parte que indica e dá outras providências.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/835/lei__n2.159_23_de_marco_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/835/lei__n2.159_23_de_marco_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°1528 de 17 de junho, de 1991 do Conselho Municipal dos Direitos da Criança e do Adolescente de Itabuna, na forma e na parte que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/836/lei__n2.160_31_de_marco_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/836/lei__n2.160_31_de_marco_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 2.154, de 18 de novembro de 2009, Lei Orçamentária Municipal, Exercício Financeiro de 2010 na parte e na forma que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/837/lei__n2.161_23_de_maio_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/837/lei__n2.161_23_de_maio_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das unidades de saúde e hospitais, localizados no âmbito do Município de Itabuna, a afixarem a escala de atendimento dos médicos e dá outras providências.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/838/lei__n2.162_26_de_maio_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/838/lei__n2.162_26_de_maio_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Executivo Municipal a conceder reajuste da remuneração dos servidores componentes do Quadro de Pessoal de Magistério Público, do Município de Itabuna, na forma que indica e  dá outras Providências.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/839/lei__n2.163_26_de_maio_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/839/lei__n2.163_26_de_maio_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de Praça, e dá outras providências.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/840/lei__n2.164_21_de_junho_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/840/lei__n2.164_21_de_junho_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Reconhece a Utilidade Pública a entidade que indica, e dá outras Providências.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/841/lei__n2.165_23_de_junho_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/841/lei__n2.165_23_de_junho_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal n°2.154, de 18 de Dezembro de 2009 Lei Orçamentária Municipal, Exercício Financeiro de 2010, na parte e na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/842/lei__n2.166_05_de_julho_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/842/lei__n2.166_05_de_julho_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°1995, de 16 de Fevereiro de 2006, para incluir símbolo cívico do Município de Itabuna que indica e dá outras providências.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/843/lei__n2.169_21_de_junho_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/843/lei__n2.169_21_de_junho_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito da Administração Pública Municipal, o Regulamento Municipal da Microempresa, Empresa de Pequeno Porte e do Microempreendedor Individual, nos termos do estabelecimento na Lei Complementar n°123, de 14 de dezembro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/844/lei__n2.170_28_de_setembro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/844/lei__n2.170_28_de_setembro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Reajuste Anual dos Salários dos Servidores Públicos, ativos, inativos e pensionistas da Administração Municipal Centralizada,Descentralizada  e Fundacional, na forma que indica e dá outras providências.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/845/lei__n2.171_28__de_setembro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/845/lei__n2.171_28__de_setembro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n°2.132 de 19 de agosto de 2009, na parte que indica e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/846/lei__n2.174_1__de_outubro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/846/lei__n2.174_1__de_outubro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a entidade que indica, e dá outras providências.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/831/decreto_n2.175_13_de_outubro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/831/decreto_n2.175_13_de_outubro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Proíbe o uso de Pulseiras coloridas no Ambiente Escolar, e dá outras providências.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/833/lei_n2.178__21_de_dezembro_de_2010_prefeito_azevedo.pdf</t>
+    <t>http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/833/lei_n2.178__21_de_dezembro_de_2010_prefeito_azevedo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Licença de Localização e Funcionamento de Posto de Abastecimento e Posto de Serviço de abastecimento de Veículos Automotores, disciplina a implantação de suas atividade, e dá , outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -591,68 +591,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/832/decreto_n2.176_13_de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/830/decreto_n2.158_23_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/835/lei__n2.159_23_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/836/lei__n2.160_31_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/837/lei__n2.161_23_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/838/lei__n2.162_26_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/839/lei__n2.163_26_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/840/lei__n2.164_21_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/841/lei__n2.165_23_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/842/lei__n2.166_05_de_julho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/843/lei__n2.169_21_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/844/lei__n2.170_28_de_setembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/845/lei__n2.171_28__de_setembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/846/lei__n2.174_1__de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/831/decreto_n2.175_13_de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/833/lei_n2.178__21_de_dezembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/832/decreto_n2.176_13_de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/830/decreto_n2.158_23_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/835/lei__n2.159_23_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/836/lei__n2.160_31_de_marco_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/837/lei__n2.161_23_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/838/lei__n2.162_26_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/839/lei__n2.163_26_de_maio_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/840/lei__n2.164_21_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/841/lei__n2.165_23_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/842/lei__n2.166_05_de_julho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/843/lei__n2.169_21_de_junho_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/844/lei__n2.170_28_de_setembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/845/lei__n2.171_28__de_setembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/846/lei__n2.174_1__de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/831/decreto_n2.175_13_de_outubro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.itabuna.ba.leg.br/media/sapl/public/materialegislativa/2010/833/lei_n2.178__21_de_dezembro_de_2010_prefeito_azevedo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="127.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="247.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>